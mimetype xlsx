--- v0 (2025-10-02)
+++ v1 (2026-02-04)
@@ -13,145 +13,151 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="10116"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kvandyke/Documents/Financial/Budget/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kvandyke\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CB59BA8-8FAA-E246-8714-57E83BA17409}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B495BA5-9B65-4A62-ABF2-449C2A8053C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="28800" windowHeight="17500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Budget" sheetId="7" r:id="rId1"/>
     <sheet name="Avg" sheetId="2" r:id="rId2"/>
     <sheet name="Exp" sheetId="3" r:id="rId3"/>
     <sheet name="Jan" sheetId="4" r:id="rId4"/>
     <sheet name="Feb" sheetId="8" r:id="rId5"/>
     <sheet name="Mar" sheetId="9" r:id="rId6"/>
     <sheet name="Apr" sheetId="10" r:id="rId7"/>
     <sheet name="May" sheetId="11" r:id="rId8"/>
     <sheet name="June" sheetId="12" r:id="rId9"/>
     <sheet name="July" sheetId="13" r:id="rId10"/>
     <sheet name="Aug" sheetId="14" r:id="rId11"/>
     <sheet name="Sep" sheetId="15" r:id="rId12"/>
     <sheet name="Oct" sheetId="16" r:id="rId13"/>
     <sheet name="Nov" sheetId="17" r:id="rId14"/>
     <sheet name="Dec" sheetId="18" r:id="rId15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">Sep!$A$3:$L$12</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J15" i="18" l="1"/>
+  <c r="H30" i="3" l="1"/>
+  <c r="E30" i="3"/>
+  <c r="E21" i="3"/>
+  <c r="H21" i="3"/>
+  <c r="B3" i="7"/>
+  <c r="J4" i="7" s="1"/>
+  <c r="D3" i="7"/>
+  <c r="J3" i="7"/>
+  <c r="J15" i="18"/>
   <c r="J15" i="17"/>
   <c r="J15" i="16"/>
   <c r="J15" i="15"/>
   <c r="J15" i="14"/>
   <c r="J15" i="13"/>
   <c r="J15" i="12"/>
   <c r="J15" i="11"/>
   <c r="J15" i="10"/>
   <c r="J15" i="9"/>
   <c r="J15" i="8"/>
   <c r="L3" i="4"/>
-  <c r="E17" i="3"/>
-[...8 lines deleted...]
-  <c r="J3" i="7"/>
+  <c r="B12" i="3"/>
+  <c r="B3" i="3"/>
+  <c r="E3" i="3"/>
+  <c r="E12" i="3"/>
+  <c r="H3" i="3"/>
+  <c r="H12" i="3"/>
+  <c r="B21" i="3"/>
   <c r="H3" i="7"/>
-  <c r="B3" i="7"/>
-  <c r="H3" i="8" l="1"/>
+  <c r="D4" i="7" l="1"/>
+  <c r="F4" i="7"/>
+  <c r="H4" i="7"/>
+  <c r="H3" i="8"/>
   <c r="K15" i="2"/>
   <c r="J15" i="2"/>
   <c r="I15" i="2"/>
   <c r="H15" i="2"/>
   <c r="G15" i="2"/>
   <c r="F15" i="2"/>
   <c r="D15" i="2"/>
   <c r="C15" i="2"/>
   <c r="B15" i="2"/>
   <c r="K14" i="2"/>
   <c r="J14" i="2"/>
   <c r="I14" i="2"/>
   <c r="H14" i="2"/>
   <c r="G14" i="2"/>
   <c r="F14" i="2"/>
   <c r="D14" i="2"/>
   <c r="C14" i="2"/>
   <c r="B14" i="2"/>
   <c r="E14" i="2"/>
   <c r="J3" i="14"/>
-  <c r="D3" i="7"/>
   <c r="J3" i="18"/>
   <c r="J3" i="17"/>
   <c r="J3" i="16"/>
   <c r="J3" i="15"/>
   <c r="J3" i="13"/>
   <c r="J3" i="12"/>
   <c r="J3" i="11"/>
   <c r="J3" i="10"/>
   <c r="J3" i="8"/>
   <c r="J3" i="9"/>
   <c r="K32" i="2"/>
   <c r="J32" i="2"/>
   <c r="I32" i="2"/>
   <c r="H32" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="D32" i="2"/>
   <c r="C32" i="2"/>
   <c r="B32" i="2"/>
   <c r="K31" i="2"/>
   <c r="J31" i="2"/>
   <c r="I31" i="2"/>
   <c r="H31" i="2"/>
   <c r="G31" i="2"/>
   <c r="F31" i="2"/>
@@ -332,93 +338,93 @@
   <c r="B4" i="12" s="1"/>
   <c r="B4" i="13" s="1"/>
   <c r="B4" i="14" s="1"/>
   <c r="B4" i="15" s="1"/>
   <c r="B4" i="16" s="1"/>
   <c r="B4" i="17" s="1"/>
   <c r="B4" i="18" s="1"/>
   <c r="L4" i="8"/>
   <c r="L4" i="9" s="1"/>
   <c r="L4" i="10" s="1"/>
   <c r="L4" i="11" s="1"/>
   <c r="L4" i="12" s="1"/>
   <c r="L4" i="13" s="1"/>
   <c r="L4" i="14" s="1"/>
   <c r="L4" i="15" s="1"/>
   <c r="L4" i="16" s="1"/>
   <c r="L4" i="17" s="1"/>
   <c r="L4" i="18" s="1"/>
   <c r="D1" i="16"/>
   <c r="D1" i="15"/>
   <c r="F5" i="15"/>
   <c r="J15" i="4"/>
   <c r="J3" i="4"/>
   <c r="F3" i="4" s="1"/>
   <c r="J5" i="4"/>
-  <c r="J4" i="4"/>
+  <c r="J4" i="4" s="1"/>
   <c r="J4" i="8" s="1"/>
   <c r="J4" i="9" s="1"/>
   <c r="J4" i="10" s="1"/>
   <c r="J4" i="11" s="1"/>
   <c r="J4" i="12" s="1"/>
   <c r="J4" i="13" s="1"/>
   <c r="J4" i="14" s="1"/>
   <c r="J4" i="15" s="1"/>
   <c r="J4" i="16" s="1"/>
   <c r="J4" i="17" s="1"/>
   <c r="J4" i="18" s="1"/>
   <c r="F4" i="4" l="1"/>
   <c r="F4" i="8" s="1"/>
   <c r="F4" i="9" s="1"/>
   <c r="F4" i="10" s="1"/>
   <c r="F4" i="11" s="1"/>
   <c r="F4" i="12" s="1"/>
   <c r="F4" i="13" s="1"/>
   <c r="F4" i="14" s="1"/>
   <c r="F4" i="15" s="1"/>
   <c r="F4" i="16" s="1"/>
   <c r="F4" i="17" s="1"/>
   <c r="F4" i="18" s="1"/>
   <c r="F5" i="4"/>
   <c r="D1" i="4"/>
   <c r="B1" i="4" s="1"/>
   <c r="B1" i="8" s="1"/>
   <c r="B1" i="9" s="1"/>
   <c r="B1" i="10" s="1"/>
   <c r="B1" i="11" s="1"/>
   <c r="B1" i="12" s="1"/>
   <c r="B1" i="13" s="1"/>
   <c r="B1" i="14" s="1"/>
   <c r="B1" i="15" s="1"/>
   <c r="B1" i="16" s="1"/>
   <c r="B1" i="17" s="1"/>
   <c r="B1" i="18" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="664" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="672" uniqueCount="76">
   <si>
     <t>Income</t>
   </si>
   <si>
     <t>Giving</t>
   </si>
   <si>
     <t>Housing</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Driving</t>
   </si>
   <si>
     <t>Maintenance</t>
   </si>
   <si>
     <t>Insurance</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>
   <si>
@@ -472,461 +478,452 @@
   <si>
     <t>Auto Maint.</t>
   </si>
   <si>
     <t>Home Maint.</t>
   </si>
   <si>
     <t>Year +/-</t>
   </si>
   <si>
     <t>Month +/-</t>
   </si>
   <si>
     <t>Saving</t>
   </si>
   <si>
     <t>Escrow</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Gifts</t>
   </si>
   <si>
-    <t>2022-01</t>
-[...70 lines deleted...]
-  <si>
     <t>Income 1</t>
   </si>
   <si>
     <t>Income 2</t>
   </si>
   <si>
     <t>Charity</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>Loan</t>
   </si>
   <si>
-    <t>Income Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Category</t>
   </si>
   <si>
     <t>[name] Gifts</t>
   </si>
   <si>
     <t>Paycheck</t>
   </si>
   <si>
     <t>Card Transactions</t>
   </si>
   <si>
     <t>Thru [date]</t>
   </si>
   <si>
     <t>Cash/Card</t>
+  </si>
+  <si>
+    <t>2026-01</t>
+  </si>
+  <si>
+    <t>2026-02</t>
+  </si>
+  <si>
+    <t>2026-03</t>
+  </si>
+  <si>
+    <t>2026-04</t>
+  </si>
+  <si>
+    <t>2026-05</t>
+  </si>
+  <si>
+    <t>2026-06</t>
+  </si>
+  <si>
+    <t>2026-07</t>
+  </si>
+  <si>
+    <t>2026-08</t>
+  </si>
+  <si>
+    <t>2026-09</t>
+  </si>
+  <si>
+    <t>2026-10</t>
+  </si>
+  <si>
+    <t>2026-11</t>
+  </si>
+  <si>
+    <t>2026-12</t>
+  </si>
+  <si>
+    <t>2025-01</t>
+  </si>
+  <si>
+    <t>2025-02</t>
+  </si>
+  <si>
+    <t>2025-03</t>
+  </si>
+  <si>
+    <t>2025-04</t>
+  </si>
+  <si>
+    <t>2025-05</t>
+  </si>
+  <si>
+    <t>2025-06</t>
+  </si>
+  <si>
+    <t>2025-07</t>
+  </si>
+  <si>
+    <t>2025-08</t>
+  </si>
+  <si>
+    <t>2025-09</t>
+  </si>
+  <si>
+    <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
+  </si>
+  <si>
+    <t>2025-12</t>
+  </si>
+  <si>
+    <t>Income 3</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>Vacation 1</t>
+  </si>
+  <si>
+    <t>Vacation 2</t>
+  </si>
+  <si>
+    <t>Vacation 3</t>
+  </si>
+  <si>
+    <t>Use this sheet to track expenses over the year for specific categories, events, or people.</t>
+  </si>
+  <si>
+    <t>Charity 1</t>
+  </si>
+  <si>
+    <t>Charity 2</t>
+  </si>
+  <si>
+    <t>Charity 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...40 lines deleted...]
-      <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
-      <sz val="16"/>
+      <sz val="12"/>
       <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Aptos"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1F497D"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6"/>
+        <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="44" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="44" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="44" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="44" fontId="3" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="10" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="6" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF82CBCA"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1068,5292 +1065,5567 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J10"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="99" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B18" sqref="B18"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="12.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.90625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.90625" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="1">
         <f>B3-SUM(D3,F3,H3,J3)</f>
-        <v>4500</v>
-[...1 lines deleted...]
-      <c r="C1" s="11">
+        <v>0</v>
+      </c>
+      <c r="C1" s="3" t="e">
         <f>B1/B3</f>
-        <v>0.9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="D2" s="10"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
-        <f>B4+B5</f>
-        <v>5000</v>
+        <f>SUM(B5:B11)</f>
+        <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
-        <f>B3*0.1</f>
-        <v>500</v>
+        <f>SUM(D5:D11)</f>
+        <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="1">
-        <f>SUM(F4:F10)</f>
+        <f>SUM(F5:F11)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="1">
-        <f>SUM(H4:H10)</f>
+        <f>SUM(H5:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="J3" s="1">
-        <f>SUM(J4:J8)</f>
-[...16 lines deleted...]
-      <c r="E4" s="2" t="s">
+        <f>SUM(J5:J11)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="A4" s="12"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" s="13" t="e">
+        <f>D3/B3</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="E4" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" s="13" t="e">
+        <f>F3/B3</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="G4" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" s="13" t="e">
+        <f>H3/B3</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I4" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="J4" s="13" t="e">
+        <f>J3/B3</f>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="A5" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="2">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D5" s="2">
+        <v>0</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="2">
-[...2 lines deleted...]
-      <c r="G4" s="2" t="s">
+      <c r="F5" s="2">
+        <v>0</v>
+      </c>
+      <c r="G5" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="2">
-[...2 lines deleted...]
-      <c r="I4" s="2" t="s">
+      <c r="H5" s="2">
+        <v>0</v>
+      </c>
+      <c r="I5" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="2">
-[...16 lines deleted...]
-      <c r="E5" s="2" t="s">
+      <c r="J5" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="A6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" s="2">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D6" s="2">
+        <v>0</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="2">
-[...2 lines deleted...]
-      <c r="G5" s="2" t="s">
+      <c r="F6" s="2">
+        <v>0</v>
+      </c>
+      <c r="G6" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="H5" s="2">
-[...2 lines deleted...]
-      <c r="I5" s="2" t="s">
+      <c r="H6" s="2">
+        <v>0</v>
+      </c>
+      <c r="I6" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="J5" s="2">
-[...10 lines deleted...]
-      <c r="E6" s="2" t="s">
+      <c r="J6" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="A7" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" s="2">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D7" s="2">
+        <v>0</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="2">
-[...2 lines deleted...]
-      <c r="G6" s="2" t="s">
+      <c r="F7" s="2">
+        <v>0</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="H6" s="2">
-[...2 lines deleted...]
-      <c r="I6" s="2" t="s">
+      <c r="H7" s="2">
+        <v>0</v>
+      </c>
+      <c r="I7" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="J6" s="2">
-[...4 lines deleted...]
-      <c r="E7" s="2" t="s">
+      <c r="J7" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="E8" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="2">
-[...2 lines deleted...]
-      <c r="G7" s="2" t="s">
+      <c r="F8" s="2">
+        <v>0</v>
+      </c>
+      <c r="G8" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H7" s="2">
-[...2 lines deleted...]
-      <c r="I7" s="2" t="s">
+      <c r="H8" s="2">
+        <v>0</v>
+      </c>
+      <c r="I8" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="J7" s="2">
-[...4 lines deleted...]
-      <c r="E8" s="2" t="s">
+      <c r="J8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="E9" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="F8" s="2">
-[...2 lines deleted...]
-      <c r="G8" s="2" t="s">
+      <c r="F9" s="2">
+        <v>0</v>
+      </c>
+      <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="2">
-[...10 lines deleted...]
-      <c r="E9" s="2" t="s">
+      <c r="H9" s="2">
+        <v>0</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J9" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="E10" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F9" s="2">
-[...2 lines deleted...]
-      <c r="G9" s="2" t="s">
+      <c r="F10" s="2">
+        <v>0</v>
+      </c>
+      <c r="G10" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="H9" s="2">
-[...12 lines deleted...]
-      </c>
       <c r="H10" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.4">
+      <c r="E11" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" s="2">
+        <v>0</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>June!B1+D1</f>
         <v>0</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1">
         <v>67.13</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>June!B4+B5</f>
-        <v>-35000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>June!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>June!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>June!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>June!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>June!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
-    <sheetView topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>July!B1+D1</f>
         <v>0</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>July!B4+B5</f>
-        <v>-40000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>July!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>July!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>July!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>July!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>July!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:L27"/>
   <sheetViews>
-    <sheetView topLeftCell="G1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Aug!B1+D1</f>
         <v>0</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B12)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Aug!B4+B5</f>
-        <v>-45000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Aug!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Aug!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Aug!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Aug!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Aug!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A27" s="7"/>
+    <row r="27" spans="1:1" x14ac:dyDescent="0.4">
+      <c r="A27" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:L12" xr:uid="{00000000-0001-0000-0B00-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:L25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="H14" sqref="H14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Sep!B1+D1</f>
         <v>0</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D11)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H12)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Sep!B4+B5</f>
-        <v>-50000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Sep!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Sep!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Sep!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Sep!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Sep!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A25" s="7"/>
+    <row r="25" spans="1:1" x14ac:dyDescent="0.4">
+      <c r="A25" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Oct!B1+D1</f>
         <v>0</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L10)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Oct!B4+B5</f>
-        <v>-55000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Oct!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Oct!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Oct!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Oct!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Oct!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E20" sqref="E20"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A1" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Nov!B1+D1</f>
         <v>0</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Nov!B4+B5</f>
-        <v>-60000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Nov!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Nov!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Nov!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Nov!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Nov!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K33"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="10.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="4" width="11" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.90625" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.1796875" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A1" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E1" s="5" t="s">
+      <c r="B1" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E1" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="F1" s="5" t="s">
+      <c r="F1" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="G1" s="5" t="s">
+      <c r="G1" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="H1" s="5" t="s">
+      <c r="H1" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="I1" s="5" t="s">
+      <c r="I1" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="J1" s="5" t="s">
+      <c r="J1" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="4" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A2" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A3" s="2" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A3" s="2" t="s">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A4" s="2" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A5" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A6" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A7" s="2" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A8" s="2" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A9" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A10" s="2" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="20" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A11" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A12" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
+    <row r="13" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A13" s="2" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A14" s="1" t="s">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A14" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="B14" s="1" t="e">
+      <c r="B14" s="12" t="e">
         <f t="shared" ref="B14:C14" si="0">AVERAGE(B2:B13)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="C14" s="1" t="e">
+      <c r="C14" s="12" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="D14" s="1" t="e">
+      <c r="D14" s="12" t="e">
         <f>AVERAGE(D2:D13)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="E14" s="1" t="e">
+      <c r="E14" s="12" t="e">
         <f t="shared" ref="E14" si="1">AVERAGE(E2:E13)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="F14" s="1" t="e">
+      <c r="F14" s="12" t="e">
         <f>AVERAGE(F2:F13)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="G14" s="1" t="e">
+      <c r="G14" s="12" t="e">
         <f>AVERAGE(G2:G13)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H14" s="1" t="e">
+      <c r="H14" s="12" t="e">
         <f t="shared" ref="H14:K14" si="2">AVERAGE(H2:H13)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="I14" s="1" t="e">
+      <c r="I14" s="12" t="e">
         <f t="shared" si="2"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="J14" s="1" t="e">
+      <c r="J14" s="12" t="e">
         <f t="shared" si="2"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="K14" s="1" t="e">
+      <c r="K14" s="12" t="e">
         <f t="shared" si="2"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A15" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="1">
         <f>SUM(B2:B13)</f>
         <v>0</v>
       </c>
       <c r="C15" s="1">
         <f t="shared" ref="C15" si="3">SUM(C2:C13)</f>
         <v>0</v>
       </c>
       <c r="D15" s="1">
         <f>SUM(D2:D13)</f>
         <v>0</v>
       </c>
       <c r="E15" s="1">
         <f t="shared" ref="E15:K15" si="4">SUM(E2:E13)</f>
         <v>0</v>
       </c>
       <c r="F15" s="1">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G15" s="1">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H15" s="1">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J15" s="1">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K15" s="1">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A18" s="5" t="s">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A18" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="5" t="s">
+      <c r="B18" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J18" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A19" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A20" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="C18" s="5" t="s">
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A21" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D18" s="5" t="s">
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A22" s="2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A23" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A24" s="2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A25" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="E18" s="5" t="s">
-[...56 lines deleted...]
-    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A26" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A27" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A28" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A29" s="2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A30" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      <c r="A31" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A31" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="B31" s="1" t="e">
+      <c r="B31" s="12" t="e">
         <f t="shared" ref="B31:E31" si="5">AVERAGE(B19:B30)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="C31" s="1" t="e">
+      <c r="C31" s="12" t="e">
         <f t="shared" si="5"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="D31" s="1" t="e">
+      <c r="D31" s="12" t="e">
         <f>AVERAGE(D19:D30)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="E31" s="1" t="e">
+      <c r="E31" s="12" t="e">
         <f t="shared" si="5"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="F31" s="1" t="e">
+      <c r="F31" s="12" t="e">
         <f>AVERAGE(F19:F30)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="G31" s="1" t="e">
+      <c r="G31" s="12" t="e">
         <f>AVERAGE(G19:G30)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H31" s="1" t="e">
+      <c r="H31" s="12" t="e">
         <f t="shared" ref="H31:K31" si="6">AVERAGE(H19:H30)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="I31" s="1" t="e">
+      <c r="I31" s="12" t="e">
         <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="J31" s="1" t="e">
+      <c r="J31" s="12" t="e">
         <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="K31" s="1" t="e">
+      <c r="K31" s="12" t="e">
         <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A32" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="1">
         <f>SUM(B19:B30)</f>
         <v>0</v>
       </c>
       <c r="C32" s="1">
         <f t="shared" ref="C32:K32" si="7">SUM(C19:C30)</f>
         <v>0</v>
       </c>
       <c r="D32" s="1">
         <f>SUM(D19:D30)</f>
         <v>0</v>
       </c>
       <c r="E32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="F32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="H32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K32" s="1">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K33" s="3"/>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A33" s="5"/>
+      <c r="B33" s="5"/>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+      <c r="K33" s="5"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="7" type="noConversion"/>
+  <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView zoomScale="99" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J24" sqref="J24"/>
+      <selection activeCell="F32" sqref="F32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="2" width="16.83203125" style="2"/>
-[...5 lines deleted...]
-    <col min="10" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.81640625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="6.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.81640625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="14.1796875" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.81640625" style="2" customWidth="1"/>
+    <col min="10" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="A1" s="2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="A3" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" s="1">
+        <f>SUM(B4:B10)</f>
+        <v>0</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" s="1">
+        <f>SUM(E4:E10)</f>
+        <v>0</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" s="1">
+        <f>AVERAGE(H4:H10)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B4" s="2">
         <v>0</v>
       </c>
       <c r="E4" s="2">
         <v>0</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B5" s="2">
         <v>0</v>
       </c>
       <c r="E5" s="2">
         <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="B8" s="2">
+        <v>0</v>
+      </c>
+      <c r="E8" s="2">
+        <v>0</v>
+      </c>
+      <c r="H8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="B9" s="2">
+        <v>0</v>
+      </c>
+      <c r="E9" s="2">
+        <v>0</v>
+      </c>
+      <c r="H9" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="E10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="A12" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="1">
+        <f>SUM(B13:B19)</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="1">
+        <f>SUM(E13:E19)</f>
+        <v>0</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12" s="1">
+        <f>SUM(H13:H19)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B13" s="2">
         <v>0</v>
       </c>
       <c r="E13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B14" s="2">
         <v>0</v>
       </c>
       <c r="E14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B15" s="2">
         <v>0</v>
       </c>
       <c r="E15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="1" t="s">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="B16" s="2">
+        <v>0</v>
+      </c>
+      <c r="E16" s="2">
+        <v>0</v>
+      </c>
+      <c r="H16" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="B17" s="2">
+        <v>0</v>
+      </c>
+      <c r="E17" s="2">
+        <v>0</v>
+      </c>
+      <c r="H17" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="B18" s="2">
+        <v>0</v>
+      </c>
+      <c r="E18" s="2">
+        <v>0</v>
+      </c>
+      <c r="H18" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="B19" s="2">
+        <v>0</v>
+      </c>
+      <c r="E19" s="2">
+        <v>0</v>
+      </c>
+      <c r="H19" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="A21" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="1">
-[...63 lines deleted...]
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B21" s="1">
+        <f>SUM(B22:B44)</f>
+        <v>0</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E21" s="1">
+        <f>SUM(E22:E28)</f>
+        <v>0</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H21" s="1">
+        <f>SUM(H22:H28)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.4">
+      <c r="A22" s="6"/>
       <c r="B22" s="2">
         <v>0</v>
       </c>
       <c r="E22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B23" s="2">
         <v>0</v>
       </c>
       <c r="E23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B24" s="2">
         <v>0</v>
       </c>
       <c r="E24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B25" s="2">
         <v>0</v>
       </c>
       <c r="E25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B26" s="2">
         <v>0</v>
       </c>
       <c r="E26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B27" s="2">
         <v>0</v>
       </c>
       <c r="E27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B28" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E28" s="2">
+        <v>0</v>
+      </c>
+      <c r="H28" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B29" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B30" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="D30" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" s="1">
+        <f>SUM(E31:E37)</f>
+        <v>0</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H30" s="1">
+        <f>SUM(H31:H37)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B31" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E31" s="2">
+        <v>0</v>
+      </c>
+      <c r="H31" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.4">
       <c r="B32" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="E32" s="2">
+        <v>0</v>
+      </c>
+      <c r="H32" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B33" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="E33" s="2">
+        <v>0</v>
+      </c>
+      <c r="H33" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B34" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="E34" s="2">
+        <v>0</v>
+      </c>
+      <c r="H34" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B35" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="36" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="E35" s="2">
+        <v>0</v>
+      </c>
+      <c r="H35" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B36" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="37" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="E36" s="2">
+        <v>0</v>
+      </c>
+      <c r="H36" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B37" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="E37" s="2">
+        <v>0</v>
+      </c>
+      <c r="H37" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B38" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B39" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:8" x14ac:dyDescent="0.4">
       <c r="B40" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="2:8" x14ac:dyDescent="0.4">
+      <c r="B41" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:8" x14ac:dyDescent="0.4">
+      <c r="B42" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:8" x14ac:dyDescent="0.4">
+      <c r="B43" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="2:8" x14ac:dyDescent="0.4">
+      <c r="B44" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D25" sqref="D25"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>D1</f>
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="D2" s="10"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B11)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L9)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="8">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="11">
         <f>B5</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="8">
+      <c r="G4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="11">
         <f>H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="8">
+      <c r="K4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="11">
         <f>L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="8">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="11">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="8">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="11">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="8">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="11">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="J14:J18">
     <sortCondition descending="1" ref="J14:J18"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Jan!B1+D1</f>
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L9)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Jan!B4+B5</f>
-        <v>-10000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Jan!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Jan!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Jan!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Jan!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Jan!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Feb!B1+D1</f>
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B12)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Feb!B4+B5</f>
-        <v>-15000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Feb!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Feb!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Feb!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Feb!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Feb!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>Mar!B1+D1</f>
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B11)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Mar!B4+B5</f>
-        <v>-20000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Mar!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Mar!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Mar!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Mar!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Mar!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="9:10" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="J20" s="10"/>
+    <row r="20" spans="9:10" x14ac:dyDescent="0.4">
+      <c r="I20" s="7"/>
+      <c r="J20" s="7"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="I21:J33">
     <sortCondition ref="I21:I33"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>D1+Apr!B1</f>
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B11)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>Apr!B4+B5</f>
-        <v>-25000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>Apr!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>Apr!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>Apr!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>Apr!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>Apr!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:L15"/>
+      <selection activeCell="L5" sqref="A5:L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="16.83203125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="16.81640625" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="16384" width="16.83203125" style="2"/>
+    <col min="1" max="1" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.36328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="14.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="16.81640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1">
         <f>May!B1+D1</f>
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="1">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="E1" s="3"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1">
         <f>SUM(B6:B10)</f>
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1">
         <f>SUM(D6:D10)</f>
         <v>0</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="1">
         <f>B3-D3-H3-J3-L3-SUM(F6:F10)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="1">
         <f>SUM(H6:H11)</f>
         <v>0</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="1">
         <f>SUM(J6:J12)</f>
         <v>0</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="1">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="9">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="12">
         <f>May!B4+B5</f>
-        <v>-30000</v>
-[...4 lines deleted...]
-      <c r="D4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="11">
         <f>May!D4+D5</f>
         <v>0</v>
       </c>
-      <c r="E4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="8">
+      <c r="E4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="11">
         <f>May!F4+F5</f>
         <v>0</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9">
+      <c r="G4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="12">
         <f>May!H4+H5</f>
         <v>0</v>
       </c>
-      <c r="I4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="8">
+      <c r="I4" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="11">
         <f>May!J4+J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9">
+      <c r="K4" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="12">
         <f>May!L4+L5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="9">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="12">
         <f>B3-Budget!B3</f>
-        <v>-5000</v>
-[...4 lines deleted...]
-      <c r="D5" s="8">
+        <v>0</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11">
         <f>D3-(B3*0.1)</f>
         <v>0</v>
       </c>
-      <c r="E5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="8">
+      <c r="E5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="11">
         <f>F3</f>
         <v>0</v>
       </c>
-      <c r="G5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9">
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="12">
         <f>Budget!F3-H3</f>
         <v>0</v>
       </c>
-      <c r="I5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="8">
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="11">
         <f>Budget!H3-J3</f>
         <v>0</v>
       </c>
-      <c r="K5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="9">
+      <c r="K5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="12">
         <f>Budget!J3-L3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A9" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B9" s="2">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A10" s="2" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.4">
       <c r="G11" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="J15" s="10">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I14" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="I15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="7">
         <f>J6+SUM(J16:J25)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>Budget</vt:lpstr>
       <vt:lpstr>Avg</vt:lpstr>
       <vt:lpstr>Exp</vt:lpstr>
       <vt:lpstr>Jan</vt:lpstr>
       <vt:lpstr>Feb</vt:lpstr>
       <vt:lpstr>Mar</vt:lpstr>
       <vt:lpstr>Apr</vt:lpstr>
       <vt:lpstr>May</vt:lpstr>
       <vt:lpstr>June</vt:lpstr>
       <vt:lpstr>July</vt:lpstr>
       <vt:lpstr>Aug</vt:lpstr>